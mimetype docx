--- v0 (2025-10-05)
+++ v1 (2025-12-28)
@@ -1026,67 +1026,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca wetyfikacja podczas zajęć laboratoryjnych oraz ocena zadania zaliczoniowego realizowanego przez studenta w ramach kolokwium na przedostatnich zajęciach laboratoryjnych. Na potrzeby pozytywnego zaliczenia kolokwium niezbędne jest poprawne zrealizowanie 51% zadania zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U09, Tr1A_U10</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U10, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zidentyfikować błędy w procesach transportu wewnętrznego na podstawie przeprowadzonych badań symulacyjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>