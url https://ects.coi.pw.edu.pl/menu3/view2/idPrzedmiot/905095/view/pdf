--- v1 (2025-12-28)
+++ v2 (2026-03-24)
@@ -822,51 +822,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady prowadzenia badań symulacyjnych na potrzeby rozwiązania określonego problemu logistycznego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>