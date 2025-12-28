--- v0 (2025-11-03)
+++ v1 (2025-12-28)
@@ -837,51 +837,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład:
 Pytania na egzaminie dotyczą tematyki omawianej na wykładzie. Minimum 1 pytanie do każdego wykładu. Każde z pytań jest oceniane, punktowane. Warunkiem otrzymania oceny pozytywnej jest udzielenie poprawnej odpowiedzi na połowę plus jedno pytań. 
 Zajęcia laboratoryjne:
 W trakcie realizacji: ocena aktywności podczas zajęć, oceniana jest praca na stanowisku lab., ocena z grupowych (zespołowych lub indywidualnych) sprawozdań, wzajemna samoocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U24, Tr1A_U25</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U25, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>