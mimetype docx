--- v1 (2025-12-28)
+++ v2 (2026-03-23)
@@ -754,67 +754,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład:
 Egzamin pisemny. Minimum 1 pytanie do każdego wykładu. Każde z pytań jest oceniane, punktowane. Warunkiem otrzymania oceny pozytywnej jest udzielenie poprawnej odpowiedzi na połowę plus jedno pytań. 
 Zajęcia laboratoryjne:
 Weryfikacja efektów uczenia się jest dokonywana dla każdego ćwiczenia laboratoryjnego na podstawie ocen z indywidualnych pisemnych sprawdzianów (kolokwiów pisemnych) i grupowych (zespołowych) sprawozdań. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -837,51 +837,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład:
 Pytania na egzaminie dotyczą tematyki omawianej na wykładzie. Minimum 1 pytanie do każdego wykładu. Każde z pytań jest oceniane, punktowane. Warunkiem otrzymania oceny pozytywnej jest udzielenie poprawnej odpowiedzi na połowę plus jedno pytań. 
 Zajęcia laboratoryjne:
 W trakcie realizacji: ocena aktywności podczas zajęć, oceniana jest praca na stanowisku lab., ocena z grupowych (zespołowych lub indywidualnych) sprawozdań, wzajemna samoocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U25, Tr1A_U20</w:t>
+        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U24, Tr1A_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>