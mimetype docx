--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1125,51 +1125,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U05, Tr1A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS01: </w:t>
       </w:r>
     </w:p>