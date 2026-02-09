--- v1 (2025-11-01)
+++ v2 (2026-02-09)
@@ -835,51 +835,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">trendy rozwojowe w konstrukcji urządzeń i technologii badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>