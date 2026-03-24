--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -749,137 +749,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne, 4 pytania otwarte po 3 punkty każde, wymagane jest uzyskanie co najmniej 50% punktów ze wszystkich możliwych do uzyskania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W03</w:t>
+        <w:t xml:space="preserve">Tr1A_W03, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zasady wykorzystania urządzeń stosowanych w pomiarach dla różnych celów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne, 4 pytania otwarte po 3 punkty każde, wymagane jest uzyskanie co najmniej 50% punktów ze wszystkich możliwych do uzyskania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">trendy rozwojowe w konstrukcji urządzeń i technologii badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>