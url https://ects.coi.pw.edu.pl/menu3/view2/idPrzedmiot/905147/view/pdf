--- v0 (2025-10-06)
+++ v1 (2025-11-03)
@@ -845,51 +845,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna metody, techniki oraz wymagania stosowane przy opracowaniu koncepcji polityki bezpieczeństwa informacyjnego w transporcie.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1069,51 +1069,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić przydatność rutynowych metod i narzędzi służących do zapewnienia wymaganego poziomu bezpieczeństwa informacji systemów teleinformatycznych w transporcie.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>