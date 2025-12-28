--- v1 (2025-11-03)
+++ v2 (2025-12-28)
@@ -1069,51 +1069,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić przydatność rutynowych metod i narzędzi służących do zapewnienia wymaganego poziomu bezpieczeństwa informacji systemów teleinformatycznych w transporcie.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>