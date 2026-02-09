--- v2 (2025-12-28)
+++ v3 (2026-02-09)
@@ -998,51 +998,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi poprawnie używać pojęć z zakresu bezpieczeństwa informacji systemów teleinformatycznych w transporcie.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>