--- v3 (2026-02-09)
+++ v4 (2026-03-24)
@@ -916,51 +916,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -998,51 +998,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi poprawnie używać pojęć z zakresu bezpieczeństwa informacji systemów teleinformatycznych w transporcie.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>