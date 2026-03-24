--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -1064,51 +1064,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się technikami informacyjno-komunikacyjnymi właściwymi do realizacji zadań typowych dla monitorowania i diagnostyki pokładowej.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1215,51 +1215,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotów do uznawania znaczenia wiedzy w rozwiązywaniu problemów poznawczych i praktycznych, w szczególności dotyczących transportu i logistyki.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>