--- v0 (2025-10-31)
+++ v1 (2026-01-08)
@@ -756,67 +756,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie na podstawie pracy pisemnej. Aby uzyskać ocenę pozytywną należy zdobyć co najmniej 51% punktów możliwych do uzyskania. Oceny wystawiane są na podstawie uzyskanej liczby punktów w sposób następujący: 0% - 50% pkt. - 2,0, 51% - 60% pkt. - 3,0, 61% - 70% pkt. - 3,5, 71% - 80% pkt. - 4,0, 81% - 90% pkt. - 4,5, 91% - 100% pkt. - 5,0. W przypadku ujawnienia studenta na ściąganiu uzyskuje on ocenę niedostateczną i traci możliwość zaliczenia przedmiotu w bieżącym roku akademickim (Regulamin Studiów w PW – par. 19, pkt. 4).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę oraz zna i rozumie strukturę i elementy dla przygotowania studium wykonalności dla wybranej inwestycji w transporcie kolejowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>