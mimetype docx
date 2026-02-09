--- v1 (2026-01-08)
+++ v2 (2026-02-09)
@@ -756,67 +756,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie na podstawie pracy pisemnej. Aby uzyskać ocenę pozytywną należy zdobyć co najmniej 51% punktów możliwych do uzyskania. Oceny wystawiane są na podstawie uzyskanej liczby punktów w sposób następujący: 0% - 50% pkt. - 2,0, 51% - 60% pkt. - 3,0, 61% - 70% pkt. - 3,5, 71% - 80% pkt. - 4,0, 81% - 90% pkt. - 4,5, 91% - 100% pkt. - 5,0. W przypadku ujawnienia studenta na ściąganiu uzyskuje on ocenę niedostateczną i traci możliwość zaliczenia przedmiotu w bieżącym roku akademickim (Regulamin Studiów w PW – par. 19, pkt. 4).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę oraz zna i rozumie strukturę i elementy dla przygotowania studium wykonalności dla wybranej inwestycji w transporcie kolejowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -906,67 +906,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie w zespołach dwu-osobowych raportu pisemnego w postaci uproszczonego studium wykonalności. Aby uzyskać ocenę pozytywną z raportu należy zdobyć co najmniej 51% punktów możliwych do uzyskania. Oceny wystawiane są na podstawie uzyskanej liczby punktów w sposób następujący: 0% - 50% pkt. - 2,0, 51% - 60% pkt. - 3,0, 61% - 70% pkt. - 3,5, 71% - 80% pkt. - 4,0, 81% - 90% pkt. - 4,5, 91% - 100% pkt. - 5,0. W przypadku ujawnienia studenta na ściąganiu uzyskuje on ocenę niedostateczną i traci możliwość zaliczenia przedmiotu w bieżącym roku akademickim (Regulamin Studiów w PW – par. 19, pkt. 4).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U05, Tr1A_U16, Tr1A_U20</w:t>
+        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U20, Tr1A_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>