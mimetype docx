--- v0 (2025-10-31)
+++ v1 (2025-12-26)
@@ -759,51 +759,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach, sprawdzian pisemny, egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W10, K_W12</w:t>
+        <w:t xml:space="preserve">K_W10, K_W12, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>