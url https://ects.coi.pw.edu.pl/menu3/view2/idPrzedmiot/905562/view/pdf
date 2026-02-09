--- v1 (2025-12-26)
+++ v2 (2026-02-09)
@@ -759,51 +759,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach, sprawdzian pisemny, egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W12, K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07, K_W10, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach i laboratoriach, sprawdzian pisemny, egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U09, K_U11, K_U14, K_U23</w:t>
+        <w:t xml:space="preserve">K_U14, K_U23, K_U01, K_U04, K_U09, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>