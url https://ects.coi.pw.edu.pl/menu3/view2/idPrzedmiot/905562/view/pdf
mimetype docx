--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach i laboratoriach, sprawdzian pisemny, egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U23, K_U01, K_U04, K_U09, K_U11</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U09, K_U11, K_U14, K_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1049,51 +1049,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach i laboratoriach, sprawdzian pisemny, egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U09, K_U11, K_U14, K_U23</w:t>
+        <w:t xml:space="preserve">K_U09, K_U11, K_U14, K_U23, K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>