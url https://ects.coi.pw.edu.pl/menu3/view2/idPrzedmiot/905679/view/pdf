--- v1 (2025-11-01)
+++ v2 (2026-02-09)
@@ -749,51 +749,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W03, M1_W04, M1_W11, M1_W14, M1_W02</w:t>
+        <w:t xml:space="preserve">M1_W02, M1_W03, M1_W04, M1_W11, M1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1039,51 +1039,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U12, M1_U14, M1_U15</w:t>
+        <w:t xml:space="preserve">M1_U14, M1_U15, M1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>