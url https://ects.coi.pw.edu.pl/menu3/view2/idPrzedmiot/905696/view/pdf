--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -926,51 +926,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W15, MAD1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MD_U01: </w:t>
       </w:r>
     </w:p>
@@ -1076,51 +1076,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U05, MAD1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MD_K01: </w:t>
       </w:r>
     </w:p>