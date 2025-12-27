--- v1 (2025-11-01)
+++ v2 (2025-12-27)
@@ -1006,121 +1006,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U05, MAD1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MD_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeanalizować definicję nowego pojęcia, przykład, dowód twierdzenia. Potrafi samodzielnie konstruować dowody prostych twierdzeń w dziedzinie teorii grafów oraz ocenić poprawność cudzego dowodu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_U05, MAD1_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MD_K01: </w:t>
       </w:r>
     </w:p>