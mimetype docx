--- v2 (2025-12-27)
+++ v3 (2026-02-09)
@@ -1006,51 +1006,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U05, MAD1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MD_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeanalizować definicję nowego pojęcia, przykład, dowód twierdzenia. Potrafi samodzielnie konstruować dowody prostych twierdzeń w dziedzinie teorii grafów oraz ocenić poprawność cudzego dowodu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>