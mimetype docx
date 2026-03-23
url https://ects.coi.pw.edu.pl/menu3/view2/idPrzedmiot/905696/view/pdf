--- v3 (2026-02-09)
+++ v4 (2026-03-23)
@@ -786,51 +786,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MD_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pojęcia grafu, podgrafu i podstawowe własności grafów. Zna pojęcia drzewa, cyklu, w tym cyklu Eulera i Hamiltona i podstawowe twierdzenia ich dotyczące. Zna pojęcia kolorowania grafu, liczby chromatycznej indeksu chromatycznego. Zna pojęcie grafu planarnego, Twierdzenie Kuratowskiego i problem 4 kolorów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>