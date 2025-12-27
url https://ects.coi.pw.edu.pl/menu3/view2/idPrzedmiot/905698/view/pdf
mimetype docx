--- v0 (2025-11-02)
+++ v1 (2025-12-27)
@@ -986,51 +986,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena prac domowych oraz projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U13, MAD1_U12</w:t>
+        <w:t xml:space="preserve">MAD1_U12, MAD1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UO, II.X.P6S_UW.2, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>