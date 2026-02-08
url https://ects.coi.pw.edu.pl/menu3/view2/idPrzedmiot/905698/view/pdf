--- v1 (2025-12-27)
+++ v2 (2026-02-08)
@@ -916,67 +916,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena prac domowych oraz projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U15, MAD1_U18</w:t>
+        <w:t xml:space="preserve">MAD1_U18, MAD1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.X.P6S_UW.2, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zaimplementować proste metody przetwarzania i analizy danych oraz ocenić ich złożoność pamięciową i czasową</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>