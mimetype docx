--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -916,67 +916,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena prac domowych oraz projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U18, MAD1_U15</w:t>
+        <w:t xml:space="preserve">MAD1_U15, MAD1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.X.P6S_UW.2, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zaimplementować proste metody przetwarzania i analizy danych oraz ocenić ich złożoność pamięciową i czasową</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1002,51 +1002,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U12, MAD1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, II.X.P6S_UW.2, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać dane ze źródeł tekstowych i zasobów w internecie, wyczyścić je i przygotować do analizy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>