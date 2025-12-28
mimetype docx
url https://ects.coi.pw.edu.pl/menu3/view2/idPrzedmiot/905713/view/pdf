--- v0 (2025-11-02)
+++ v1 (2025-12-28)
@@ -833,67 +833,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny i ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W09, MAD1_W12, MAD1_W14</w:t>
+        <w:t xml:space="preserve">MAD1_W14, MAD1_W09, MAD1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1, II.X.P6S_WG.2, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.X.P6S_WG.2, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1000,51 +1000,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U02, MAD1_U04, MAD1_U11, MAD1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>