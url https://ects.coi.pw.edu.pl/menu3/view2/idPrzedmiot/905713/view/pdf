--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -833,67 +833,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny i ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W09, MAD1_W12, MAD1_W14</w:t>
+        <w:t xml:space="preserve">MAD1_W14, MAD1_W09, MAD1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1, II.X.P6S_WG.2, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, I.P6S_WG, II.X.P6S_WG.1, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>