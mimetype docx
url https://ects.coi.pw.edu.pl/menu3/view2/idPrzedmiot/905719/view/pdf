--- v0 (2025-11-02)
+++ v1 (2025-12-27)
@@ -918,67 +918,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U18, MAD1_U19, MAD1_U21, MAD1_U13, MAD1_U15</w:t>
+        <w:t xml:space="preserve">MAD1_U13, MAD1_U15, MAD1_U18, MAD1_U19, MAD1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.X.P6S_UW.2, II.X.P6S_UW.1.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AZ_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie skonstruować  klasyfikator Liniowy LDA, logistyczny i SVM oraz porównać ich działanie. Umie  wybrać i dopasować do danych jeden z podstawowych modeli  liniowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -988,67 +988,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U15, MAD1_U20</w:t>
+        <w:t xml:space="preserve">MAD1_U20, MAD1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.X.P6S_UW.2, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AZ_K01: </w:t>
       </w:r>
     </w:p>