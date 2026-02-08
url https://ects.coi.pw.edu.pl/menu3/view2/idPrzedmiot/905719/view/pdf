--- v1 (2025-12-27)
+++ v2 (2026-02-08)
@@ -768,67 +768,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W21, MAD1_W14, MAD1_W16, MAD1_W17, MAD1_W18</w:t>
+        <w:t xml:space="preserve">MAD1_W17, MAD1_W18, MAD1_W21, MAD1_W14, MAD1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, I.P6S_WG, I.P6S_WK, II.X.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.X.P6S_WG.2, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AZ_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe metody liniowe klasyfikacji (LDA,  klasyfikator logistyczny i SVM) oraz liniowe modele szeregów czasowych (AR, MA, ARMA)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -918,67 +918,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U13, MAD1_U15, MAD1_U18, MAD1_U19, MAD1_U21</w:t>
+        <w:t xml:space="preserve">MAD1_U19, MAD1_U21, MAD1_U13, MAD1_U15, MAD1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.X.P6S_UW.2, II.X.P6S_UW.1.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AZ_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie skonstruować  klasyfikator Liniowy LDA, logistyczny i SVM oraz porównać ich działanie. Umie  wybrać i dopasować do danych jeden z podstawowych modeli  liniowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -988,67 +988,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U20, MAD1_U15</w:t>
+        <w:t xml:space="preserve">MAD1_U15, MAD1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.X.P6S_UW.2, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AZ_K01: </w:t>
       </w:r>
     </w:p>