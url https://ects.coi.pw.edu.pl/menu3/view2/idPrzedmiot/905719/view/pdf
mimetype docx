--- v2 (2026-02-08)
+++ v3 (2026-03-24)
@@ -768,51 +768,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W17, MAD1_W18, MAD1_W21, MAD1_W14, MAD1_W16</w:t>
+        <w:t xml:space="preserve">MAD1_W14, MAD1_W16, MAD1_W17, MAD1_W18, MAD1_W21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.X.P6S_WG.2, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -854,51 +854,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W14, MAD1_W19, MAD1_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.X.P6S_WG.2, II.X.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.X.P6S_WG.2, I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AZ_U01: </w:t>
       </w:r>
     </w:p>
@@ -918,67 +918,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U19, MAD1_U21, MAD1_U13, MAD1_U15, MAD1_U18</w:t>
+        <w:t xml:space="preserve">MAD1_U13, MAD1_U15, MAD1_U18, MAD1_U19, MAD1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.X.P6S_UW.2, II.X.P6S_UW.1.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AZ_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie skonstruować  klasyfikator Liniowy LDA, logistyczny i SVM oraz porównać ich działanie. Umie  wybrać i dopasować do danych jeden z podstawowych modeli  liniowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -988,67 +988,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U15, MAD1_U20</w:t>
+        <w:t xml:space="preserve">MAD1_U20, MAD1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.X.P6S_UW.2, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, I.P6S_UO, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AZ_K01: </w:t>
       </w:r>
     </w:p>