--- v0 (2025-12-26)
+++ v1 (2026-02-09)
@@ -762,67 +762,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena kolokwium, ocena sprawdzianów i wykonywanych zadań (w tym studium przypadku)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_W04, I2_W07**</w:t>
+        <w:t xml:space="preserve">I2_W07**, I2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna kluczowe zalecenia metodyk zarządzania projektami bazujące na Project Management Body of Knowledge, RUP, Scrum, PRINCE2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>