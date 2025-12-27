--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -910,51 +910,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2_W03, M2MCB_W01, M2MCB_W04, M2_W04, M2_W01, M2_W02</w:t>
+        <w:t xml:space="preserve">M2_W01, M2_W02, M2_W03, M2MCB_W01, M2MCB_W04, M2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>