--- v1 (2025-12-27)
+++ v2 (2026-02-08)
@@ -840,51 +840,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2_W01, M2_W02, M2_W03, M2MCB_W01, M2MCB_W04, M2_W04</w:t>
+        <w:t xml:space="preserve">M2MCB_W04, M2_W04, M2_W01, M2_W02, M2_W03, M2MCB_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>