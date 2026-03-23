--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -770,121 +770,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M2MCB_W04, M2_W04, M2_W01, M2_W02, M2_W03, M2MCB_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WWK_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o aktualnych metodach oceny bezpieczeństwa algorytmów i protokołów kryptograficznych wykorzystujących modelowanie matematyczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M2_W01, M2_W02, M2_W03, M2MCB_W01, M2MCB_W04, M2_W04</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M2MCB_W04, M2_W04, M2_W01, M2_W02, M2_W03, M2MCB_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>