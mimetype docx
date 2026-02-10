--- v0 (2025-12-29)
+++ v1 (2026-02-10)
@@ -776,287 +776,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W10, K_W13</w:t>
+        <w:t xml:space="preserve">K_W10, K_W13, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ASJ1_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody pomiaru chropowatości, falistości i odchyłek kształtu. Ma wiedzę na temat budowy, działania i dokładności nowoczesnych profilometrów, konturografów oraz maszyn do pomiaru odchyłek kształtu. Ma wiedzę na temat związków między parametrami procesu technologicznego, struktury geometrycznej powierzchni i wybranymi właściwościami eksploatacyjnymi wyrobów. Rozumie problemy techniczne związane z doskonaleniem jakości wyrobów. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W12, K_W16, K_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ASJ1_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ASJ1_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody pomiaru chropowatości, falistości i odchyłek kształtu. Ma wiedzę na temat budowy, działania i dokładności nowoczesnych profilometrów, konturografów oraz maszyn do pomiaru odchyłek kształtu. Ma wiedzę na temat związków między parametrami procesu technologicznego, struktury geometrycznej powierzchni i wybranymi właściwościami eksploatacyjnymi wyrobów. Rozumie problemy techniczne związane z doskonaleniem jakości wyrobów. </w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się aparaturą do pomiaru mikro- i makrostruktury powierzchni elementów konstrukcyjnych, obejmującą profilometry, konturografy oraz uniwersalne maszyny do pomiaru odchyłek kształtu. Umie ustalić optymalną strategię pomiarową, przygotować elementy do pomiarów, dobrać właściwe nastawy przyrządu i parametry pomiaru. Wykazuje się sprawnością w interpretacji uzyskanych wyników, potrafi oszacować ich niepewność.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych</w:t>
+        <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W12, K_W16, K_W17</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U13, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ASJ1_U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ASJ1_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się aparaturą do pomiaru mikro- i makrostruktury powierzchni elementów konstrukcyjnych, obejmującą profilometry, konturografy oraz uniwersalne maszyny do pomiaru odchyłek kształtu. Umie ustalić optymalną strategię pomiarową, przygotować elementy do pomiarów, dobrać właściwe nastawy przyrządu i parametry pomiaru. Wykazuje się sprawnością w interpretacji uzyskanych wyników, potrafi oszacować ich niepewność.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wykonać obliczenia wybranych elementów geometrycznych skojarzonych według kryterium Gaussa (prosta na płaszczyźnie i w przestrzeni, okrąg, walec) oraz wyznaczyć miary liczbowe niedokładności badanych powierzchni. Umie obliczyć składowe harmoniczne widma profilu i oszacować ich wpływ na pracę elementu w zmontowanym zespole. Na podstawie wyników pomiaru geometrii krzywek umie wyznaczyć chwilowe prędkości i przyspieszenia popychaczy. Potrafi dobrać odpowiednie formy graficzne do zilustrowania uzyskanych wyników pomiaru oraz oszacować niepewność pomiaru wyznaczonych parametrów.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i sprawozdań z ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U13, K_U15, K_U10</w:t>
+        <w:t xml:space="preserve">K_U11, K_U16, K_U22, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_K01: </w:t>
       </w:r>
     </w:p>