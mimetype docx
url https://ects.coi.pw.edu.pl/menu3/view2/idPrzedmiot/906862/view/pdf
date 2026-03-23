--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -996,67 +996,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U16, K_U22, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U16, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_K01: </w:t>
       </w:r>
     </w:p>