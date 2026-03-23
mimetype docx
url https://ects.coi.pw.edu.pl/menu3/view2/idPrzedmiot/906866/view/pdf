--- v0 (2026-01-11)
+++ v1 (2026-03-23)
@@ -849,67 +849,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń laboratoryjnych i projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U20, K_U27, K_U03, K_U05, K_U07</w:t>
+        <w:t xml:space="preserve">K_U03, K_U05, K_U07, K_U08, K_U20, K_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UO, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOE_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie udokumentować przebieg przeprowadzonych badań technologicznych i przeprowadzić optymalizację procesu na podstawie uzyskanych wyniki eksperymentów, wraz z oszacowaniem błędów pomiarów. Umie przedstawić wymagania BHP związane z procesem technologicznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -919,67 +919,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U11, K_U13, K_U27</w:t>
+        <w:t xml:space="preserve">K_U13, K_U27, K_U01, K_U05, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOE_K01: </w:t>
       </w:r>
     </w:p>