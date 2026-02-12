--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -848,67 +848,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W05, K_W09</w:t>
+        <w:t xml:space="preserve">K_W02, K_W05, K_W09, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ANP_U01: </w:t>
       </w:r>
     </w:p>
@@ -928,67 +928,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U13, K_U01, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U07, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ANP_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować budżety niepewności pomiarów i oddziaływać na procedury pomiarowe w celu uzyskania wyników wiarygodnych i użytecznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -998,67 +998,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U12, K_U16, K_U18</w:t>
+        <w:t xml:space="preserve">K_U10, K_U18, K_U12, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ANP_K01: </w:t>
       </w:r>
     </w:p>