--- v1 (2026-02-12)
+++ v2 (2026-03-23)
@@ -794,51 +794,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W07, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AWP_W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna teoretyczne podstawy wyrażania i wyznaczania niepewności pomiarów realizowanych różnymi metodami</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -848,67 +848,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W05, K_W09, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W05, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ANP_U01: </w:t>
       </w:r>
     </w:p>
@@ -928,67 +928,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U07, K_U13</w:t>
+        <w:t xml:space="preserve">K_U07, K_U13, K_U01, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ANP_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować budżety niepewności pomiarów i oddziaływać na procedury pomiarowe w celu uzyskania wyników wiarygodnych i użytecznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -998,67 +998,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U18, K_U12, K_U16</w:t>
+        <w:t xml:space="preserve">K_U10, K_U12, K_U16, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ANP_K01: </w:t>
       </w:r>
     </w:p>