--- v0 (2025-12-29)
+++ v1 (2026-02-10)
@@ -915,51 +915,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U13, K_U15, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie wykonać obliczenia wybranych elementów geometrycznych skojarzonych według kryterium Gaussa (prosta na płaszczyźnie i w przestrzeni, okrąg, walec) oraz wyznaczyć miary liczbowe niedokładności badanych powierzchni. Umie obliczyć składowe harmoniczne widma profilu i oszacować ich wpływ na pracę elementu w zmontowanym zespole. Na podstawie wyników pomiaru geometrii krzywek umie wyznaczyć chwilowe prędkości i przyspieszenia popychaczy. Potrafi dobrać odpowiednie formy graficzne do zilustrowania uzyskanych wyników pomiaru oraz oszacować niepewność pomiaru wyznaczonych parametrów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1049,67 +1049,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przebieg zajęć laboratoryjnych i dyskusja na temat uzyskanych wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość skutków działalności inżynierskiej w zakresie projektowania, wytwarzania oraz kontroli i rozumie jej wpływ na ekonomię i rozwój społeczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>