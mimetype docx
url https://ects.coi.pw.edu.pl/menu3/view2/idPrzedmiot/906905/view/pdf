--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -899,67 +899,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U15, K_U10, K_U11</w:t>
+        <w:t xml:space="preserve">K_U11, K_U13, K_U15, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie wykonać obliczenia wybranych elementów geometrycznych skojarzonych według kryterium Gaussa (prosta na płaszczyźnie i w przestrzeni, okrąg, walec) oraz wyznaczyć miary liczbowe niedokładności badanych powierzchni. Umie obliczyć składowe harmoniczne widma profilu i oszacować ich wpływ na pracę elementu w zmontowanym zespole. Na podstawie wyników pomiaru geometrii krzywek umie wyznaczyć chwilowe prędkości i przyspieszenia popychaczy. Potrafi dobrać odpowiednie formy graficzne do zilustrowania uzyskanych wyników pomiaru oraz oszacować niepewność pomiaru wyznaczonych parametrów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1065,51 +1065,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość skutków działalności inżynierskiej w zakresie projektowania, wytwarzania oraz kontroli i rozumie jej wpływ na ekonomię i rozwój społeczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>