--- v0 (2025-12-29)
+++ v1 (2026-01-14)
@@ -972,67 +972,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne - test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U25, K_U26, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U25, K_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU, P6U_U, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>