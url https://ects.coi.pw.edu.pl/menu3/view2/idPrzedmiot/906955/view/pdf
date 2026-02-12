--- v1 (2026-01-14)
+++ v2 (2026-02-12)
@@ -768,271 +768,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykorzystanie teorii do oceny racjonalności decyzji gospodarczych i interpretowania problemów praktyki gospodarczej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne - test</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykorzystanie teorii do oceny racjonalności decyzji gospodarczych i interpretowania problemów praktyki gospodarczej.</w:t>
+        <w:t xml:space="preserve">Umie określić mierniki i czynniki oraz bariery wzrostu gospodarczego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne - test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W22</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U25, K_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie określić mierniki i czynniki oraz bariery wzrostu gospodarczego.</w:t>
+        <w:t xml:space="preserve">Potrafi analizować stan koniunktury gospodarczej, zjawisko inflacji i bezrobocia, problemy równowagi pieniężnej i budżetowej, roli handlu zagranicznego oraz skutków polityki ekonomicznej państwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne - test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U25, K_U26</w:t>
+        <w:t xml:space="preserve">K_U25, K_U26, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o, I.P6S_UO, I.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>