--- v2 (2026-02-12)
+++ v3 (2026-03-23)
@@ -768,51 +768,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykorzystanie teorii do oceny racjonalności decyzji gospodarczych i interpretowania problemów praktyki gospodarczej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -972,67 +972,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne - test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U25, K_U26, K_U01, K_U05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U25, K_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o, I.P6S_UO, I.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1068,51 +1068,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K01, K_K02, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO, P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość pozyskanej wiedzy i umiejętności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>