--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -733,51 +733,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów. Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13, K2_W09</w:t>
+        <w:t xml:space="preserve">K2_W09, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>