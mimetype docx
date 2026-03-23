--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -733,51 +733,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów. Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W09, K2_W13</w:t>
+        <w:t xml:space="preserve">K2_W13, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -969,51 +969,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i wykonać badania laboratoryjne oraz przeprowadzić analizę wyników. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>