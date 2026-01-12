--- v0 (2025-10-11)
+++ v1 (2026-01-12)
@@ -837,51 +837,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W08, K2_W10, K2_W18_IPB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1121,67 +1121,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja samodzielnie przygotowanego referatu na wybrany temat związany z tematyką przedmiotu; udział w dyskusji o charakterze panelu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K02, K2_K03, K2_K04, K2_K06</w:t>
+        <w:t xml:space="preserve">K2_K03, K2_K04, K2_K06, K2_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi formułować wnioski i opinie w sposób rzetelny, obiektywny i klarowny. Potrafi prowadzić merytoryczną dyskusję na temat prezentowanych zagadnień.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>