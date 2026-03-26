--- v1 (2026-01-12)
+++ v2 (2026-03-26)
@@ -751,437 +751,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja samodzielnie przygotowanego referatu na wybrany temat związany z tematyką przedmiotu; udział w dyskusji o charakterze panelu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K2_W10, K2_W18_IPB, K2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody i cele modyfikacji betonu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Prezentacja samodzielnie przygotowanego referatu na wybrany temat związany z tematyką przedmiotu; udział w dyskusji o charakterze panelu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K2_W08, K2_W10, K2_W18_IPB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody i cele modyfikacji betonu.</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać informacje dotyczące metod i celów modyfikacji materiałów budowlanych, na ich podstawie dokonywać analizy i prezentacji nowoczesnych kierunków rozwoju kompozytów budowlanych.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja samodzielnie przygotowanego referatu na wybrany temat związany z tematyką przedmiotu; udział w dyskusji o charakterze panelu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W08, K2_W10, K2_W18_IPB</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie potrzebę poszerzania wiedzy i kompetencji w zakresie nowowprowadzanych do stosowania modyfikowanych materiałów budowlanych, potrafi samodzielnie zdobywać tę wiedzę.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Prezentacja samodzielnie przygotowanego referatu na wybrany temat związany z tematyką przedmiotu; udział w dyskusji o charakterze panelu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi sformułować kryteria użyteczności modyfikowanego materiału budowlanego, określić cele modyfikacji i dobrać metody osiągnięcia tych celów.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Prezentacja samodzielnie przygotowanego referatu na wybrany temat związany z tematyką przedmiotu; udział w dyskusji o charakterze panelu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pozyskiwać informacje dotyczące metod i celów modyfikacji materiałów budowlanych, na ich podstawie dokonywać analizy i prezentacji nowoczesnych kierunków rozwoju kompozytów budowlanych.																												</w:t>
+        <w:t xml:space="preserve">Jest przygotowany do zespołowego wykonywania zadania o charakterze analitycznym i właściwej prezentacji wyników i wniosków.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja samodzielnie przygotowanego referatu na wybrany temat związany z tematyką przedmiotu; udział w dyskusji o charakterze panelu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U08</w:t>
+        <w:t xml:space="preserve">K2_K02, K2_K03, K2_K04, K2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi formułować wnioski i opinie w sposób rzetelny, obiektywny i klarowny. Potrafi prowadzić merytoryczną dyskusję na temat prezentowanych zagadnień.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>