--- v0 (2025-10-12)
+++ v1 (2025-12-27)
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13, K2_W17_MBP, K2_W09</w:t>
+        <w:t xml:space="preserve">K2_W17_MBP, K2_W09, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -918,67 +918,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego projektu. Egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U17_MBP, K2_U20_MBP, K2_U05, K2_U10, K2_U15_MBP</w:t>
+        <w:t xml:space="preserve">K2_U15_MBP, K2_U17_MBP, K2_U20_MBP, K2_U05, K2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie określić wymagania odnośnie kompozytu polimerowego wzmacnianego włóknami przy zastosowaniu tego materiału w różnych elementach mostowych. Potrafi uwzględnić jego wady i zalety w porównaniu z materiałami konwencjonalnymi przy analizowaniu ewentualnych zastosowań. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>