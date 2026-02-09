--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W17_MBP, K2_W09, K2_W13</w:t>
+        <w:t xml:space="preserve">K2_W13, K2_W17_MBP, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -918,67 +918,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego projektu. Egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U15_MBP, K2_U17_MBP, K2_U20_MBP, K2_U05, K2_U10</w:t>
+        <w:t xml:space="preserve">K2_U10, K2_U15_MBP, K2_U17_MBP, K2_U20_MBP, K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie określić wymagania odnośnie kompozytu polimerowego wzmacnianego włóknami przy zastosowaniu tego materiału w różnych elementach mostowych. Potrafi uwzględnić jego wady i zalety w porównaniu z materiałami konwencjonalnymi przy analizowaniu ewentualnych zastosowań. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>