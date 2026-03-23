--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13, K2_W17_MBP, K2_W09</w:t>
+        <w:t xml:space="preserve">K2_W17_MBP, K2_W09, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -918,67 +918,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego projektu. Egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U10, K2_U15_MBP, K2_U17_MBP, K2_U20_MBP, K2_U05</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U10, K2_U15_MBP, K2_U17_MBP, K2_U20_MBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie określić wymagania odnośnie kompozytu polimerowego wzmacnianego włóknami przy zastosowaniu tego materiału w różnych elementach mostowych. Potrafi uwzględnić jego wady i zalety w porównaniu z materiałami konwencjonalnymi przy analizowaniu ewentualnych zastosowań. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>