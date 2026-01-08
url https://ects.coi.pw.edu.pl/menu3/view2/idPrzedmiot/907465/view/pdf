--- v0 (2025-10-31)
+++ v1 (2026-01-08)
@@ -769,51 +769,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W13, K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotycząca kształtowania konstrukcji prętowych i przyjmowania schematów statycznych oraz obciążeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -839,51 +839,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W13, K2_W14_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna normy oraz przepisy dotyczące projektowania zbiorników walcowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1129,51 +1129,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U10, K2_U20_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać podziału konstrukcji stalowych wykonanych z blach oraz konstrukcji prętowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>