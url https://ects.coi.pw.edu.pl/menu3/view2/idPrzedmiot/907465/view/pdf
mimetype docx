--- v1 (2026-01-08)
+++ v2 (2026-02-08)
@@ -753,67 +753,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zdanie egzaminu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13, K2_W16_KB</w:t>
+        <w:t xml:space="preserve">K2_W16_KB, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotycząca kształtowania konstrukcji prętowych i przyjmowania schematów statycznych oraz obciążeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1129,51 +1129,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U10, K2_U20_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać podziału konstrukcji stalowych wykonanych z blach oraz konstrukcji prętowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>