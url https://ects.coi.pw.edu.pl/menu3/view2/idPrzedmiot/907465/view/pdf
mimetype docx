--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -753,67 +753,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zdanie egzaminu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W16_KB, K2_W13</w:t>
+        <w:t xml:space="preserve">K2_W13, K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotycząca kształtowania konstrukcji prętowych i przyjmowania schematów statycznych oraz obciążeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -893,67 +893,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu, zdanie egzaminu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W14_KB, K2_W09</w:t>
+        <w:t xml:space="preserve">K2_W09, K2_W14_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z norm dotyczących projektowania zbiorników w zakresie niezbędnym do wymiarowania płaszcza zbiornika oraz elementów dachu stałego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>