--- v0 (2025-10-10)
+++ v1 (2025-12-27)
@@ -744,67 +744,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">uczestnictwo w zajęciach; wykonanie i obrona domowych prac projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W05, K2_W15_KB, K2_W09, K2_W04</w:t>
+        <w:t xml:space="preserve">K2_W04, K2_W05, K2_W15_KB, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -825,67 +825,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywne uczestnictwo w zajęciach; wykonanie i obrona domowych prac projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U03, K2_U04, K2_U05, K2_U15_KB, K2_U17_KB, K2_U19_KB</w:t>
+        <w:t xml:space="preserve">K2_U04, K2_U05, K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>