--- v1 (2025-12-27)
+++ v2 (2026-03-27)
@@ -760,51 +760,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W04, K2_W05, K2_W15_KB, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -825,67 +825,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywne uczestnictwo w zajęciach; wykonanie i obrona domowych prac projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U04, K2_U05, K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U03</w:t>
+        <w:t xml:space="preserve">K2_U03, K2_U04, K2_U05, K2_U15_KB, K2_U17_KB, K2_U19_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>