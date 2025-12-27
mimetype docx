--- v0 (2025-11-02)
+++ v1 (2025-12-27)
@@ -995,51 +995,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma ogólną wiedzę na temat rurociągów przesyłowych cieczy i gazów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1065,71 +1065,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat podpór kolei linowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W16_KB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat podpór kolei linowych.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat konstrukcji wsporczych linii elektroenergetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1148,328 +1218,258 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat konstrukcji wsporczych linii elektroenergetycznych.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe normy z zakresu projektowania konstrukcji wsporczych suwnic i kominów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu. Obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W16_KB</w:t>
+        <w:t xml:space="preserve">K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W8: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe normy z zakresu projektowania konstrukcji wsporczych suwnic i kominów.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować główną konstrukcję wsporczą suwnicy natorowej (belkę podsuwnicową)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie projektu. Obrona projektu.</w:t>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W09</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U10, K2_U15_KB, K2_U17_KB, K2_U20_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować główną konstrukcję wsporczą suwnicy natorowej (belkę podsuwnicową)</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować przemysłowy komin stalowy jednopowłokowy z wykładziną wewnętrzną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U10, K2_U15_KB, K2_U17_KB, K2_U20_KB</w:t>
+        <w:t xml:space="preserve">K2_U17_KB, K2_U20_KB, K2_U05, K2_U10, K2_U15_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać rysunki konstrukcyjne belki podsuwnicowej i komina stalowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>