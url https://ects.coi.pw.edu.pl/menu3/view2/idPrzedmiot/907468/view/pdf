--- v1 (2025-12-27)
+++ v2 (2026-02-08)
@@ -909,67 +909,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu belki podsuwnicowej. Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13, K2_W14_KB, K2_W16_KB, K2_W09</w:t>
+        <w:t xml:space="preserve">K2_W14_KB, K2_W16_KB, K2_W09, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna ogólne zasady projektowania torów jezdnych transportu podwieszonego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1065,51 +1065,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma ogólną wiedzę na temat podpór kolei linowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1339,121 +1339,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K2_U20_KB, K2_U05, K2_U10, K2_U15_KB, K2_U17_KB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować przemysłowy komin stalowy jednopowłokowy z wykładziną wewnętrzną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K2_U05, K2_U10, K2_U15_KB, K2_U17_KB, K2_U20_KB</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K2_U17_KB, K2_U20_KB, K2_U05, K2_U10, K2_U15_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>