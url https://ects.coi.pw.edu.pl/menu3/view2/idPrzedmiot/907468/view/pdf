--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -769,227 +769,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów. Wykonanie projektu komina stalowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K2_W16_KB, K2_W09, K2_W13, K2_W14_KB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat estakad i dźwignic bramowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W16_KB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady kształtowania, konstruowania i obliczania konstrukcji wsporczych halowego transportu podpartego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu belki podsuwnicowej. Zaliczenie wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K2_W13, K2_W14_KB, K2_W16_KB, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat estakad i dźwignic bramowych.</w:t>
+        <w:t xml:space="preserve">Zna ogólne zasady projektowania torów jezdnych transportu podwieszonego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładu.</w:t>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady kształtowania, konstruowania i obliczania konstrukcji wsporczych halowego transportu podpartego.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat rurociągów przesyłowych cieczy i gazów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie projektu belki podsuwnicowej. Zaliczenie wykładów.</w:t>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W14_KB, K2_W16_KB, K2_W09, K2_W13</w:t>
+        <w:t xml:space="preserve">K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna ogólne zasady projektowania torów jezdnych transportu podwieszonego.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat podpór kolei linowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1008,382 +1148,242 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat rurociągów przesyłowych cieczy i gazów.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat konstrukcji wsporczych linii elektroenergetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat podpór kolei linowych.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe normy z zakresu projektowania konstrukcji wsporczych suwnic i kominów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu. Obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W16_KB</w:t>
+        <w:t xml:space="preserve">K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W7: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat konstrukcji wsporczych linii elektroenergetycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować główną konstrukcję wsporczą suwnicy natorowej (belkę podsuwnicową)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W16_KB</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">K2_U20_KB, K2_U05, K2_U10, K2_U15_KB, K2_U17_KB</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U10, K2_U15_KB, K2_U17_KB, K2_U20_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>