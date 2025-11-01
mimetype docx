--- v0 (2025-10-06)
+++ v1 (2025-11-01)
@@ -820,51 +820,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena na podstawie 2  prezentacji  multimedialnych tematu seminarium dyplomowego i udziału w dyskusji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U16_BZ, K2_U12, K2_U22_BZ</w:t>
+        <w:t xml:space="preserve">K2_U16_BZ, K2_U12, K2_U22_BZ, K2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -916,51 +916,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studiuje literaturę, prasę techniczną i informacje na temat specjalistycznych i nowoczesnych zagadnień.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>