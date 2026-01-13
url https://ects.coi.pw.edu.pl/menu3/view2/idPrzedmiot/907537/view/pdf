--- v1 (2025-11-01)
+++ v2 (2026-01-13)
@@ -820,51 +820,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena na podstawie 2  prezentacji  multimedialnych tematu seminarium dyplomowego i udziału w dyskusji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U16_BZ, K2_U12, K2_U22_BZ, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U16_BZ, K2_U12, K2_U22_BZ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>