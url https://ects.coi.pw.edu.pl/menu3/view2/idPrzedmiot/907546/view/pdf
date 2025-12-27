--- v0 (2025-10-12)
+++ v1 (2025-12-27)
@@ -844,51 +844,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prace projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U01, K2_U03, K2_U19_BZ</w:t>
+        <w:t xml:space="preserve">K2_U03, K2_U19_BZ, K2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>