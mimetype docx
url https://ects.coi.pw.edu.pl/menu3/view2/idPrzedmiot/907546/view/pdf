--- v1 (2025-12-27)
+++ v2 (2026-02-08)
@@ -844,51 +844,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prace projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U03, K2_U19_BZ, K2_U01</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U03, K2_U19_BZ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -984,51 +984,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prace projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U01, K2_U03, K2_U19_BZ</w:t>
+        <w:t xml:space="preserve">K2_U19_BZ, K2_U01, K2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>