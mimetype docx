--- v2 (2026-02-08)
+++ v3 (2026-03-24)
@@ -914,67 +914,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prace projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U01, K2_U19_BZ, K2_U12</w:t>
+        <w:t xml:space="preserve">K2_U12, K2_U01, K2_U19_BZ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zbudować model obliczeniowy dla zagadnienia optymalizacji dla zadań programowania liniowego i   optymalizacji konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -984,51 +984,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prace projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U19_BZ, K2_U01, K2_U03</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U03, K2_U19_BZ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>