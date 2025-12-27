--- v0 (2025-11-01)
+++ v1 (2025-12-27)
@@ -1193,51 +1193,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W06, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1257,67 +1257,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U03, K2_U12</w:t>
+        <w:t xml:space="preserve">K2_U12, K2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować elementy konstrukcji stalowej takie jak kratownice, rygle, słupy mimośrodowo ściskane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>