--- v1 (2025-12-27)
+++ v2 (2026-02-08)
@@ -1257,67 +1257,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U12, K2_U03</w:t>
+        <w:t xml:space="preserve">K2_U03, K2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować elementy konstrukcji stalowej takie jak kratownice, rygle, słupy mimośrodowo ściskane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1617,51 +1617,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K02, K2_K06</w:t>
+        <w:t xml:space="preserve">K2_K06, K2_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>