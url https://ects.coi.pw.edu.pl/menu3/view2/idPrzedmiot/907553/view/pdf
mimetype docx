--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -1547,67 +1547,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K02, K2_K03, K2_K06</w:t>
+        <w:t xml:space="preserve">K2_K03, K2_K06, K2_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizuje materiały wykładowe niezbędne do zaliczenia wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1617,51 +1617,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K06, K2_K02</w:t>
+        <w:t xml:space="preserve">K2_K02, K2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>