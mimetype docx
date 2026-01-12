--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -922,51 +922,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna oddziaływania i ekologiczne zalety transportu elektrycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>