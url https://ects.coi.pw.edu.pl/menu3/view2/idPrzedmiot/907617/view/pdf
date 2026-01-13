--- v1 (2026-01-12)
+++ v2 (2026-01-13)
@@ -782,51 +782,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W15_DS, K2_W16_DS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma podstawową wiedzę nt. systemu zasilania elektroenergetycznego pojazdów szynowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>