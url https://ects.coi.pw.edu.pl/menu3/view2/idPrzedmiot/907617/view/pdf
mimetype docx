--- v2 (2026-01-13)
+++ v3 (2026-01-14)
@@ -782,51 +782,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W15_DS, K2_W16_DS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma podstawową wiedzę nt. systemu zasilania elektroenergetycznego pojazdów szynowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1142,51 +1142,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U19_DS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>