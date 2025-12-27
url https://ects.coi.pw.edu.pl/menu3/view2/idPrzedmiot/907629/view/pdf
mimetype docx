--- v0 (2025-10-09)
+++ v1 (2025-12-27)
@@ -736,67 +736,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W06, K2_W13</w:t>
+        <w:t xml:space="preserve">K2_W13, K2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>