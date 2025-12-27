--- v0 (2025-10-09)
+++ v1 (2025-12-27)
@@ -754,51 +754,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W08, K2_W09, K2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jak konstruować i projektować warstwy konstrukcyjne nawierzchni drogowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -958,51 +958,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U09, K2_U16_IK, K2_U17_IK, K2_U05</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U09, K2_U16_IK, K2_U17_IK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>