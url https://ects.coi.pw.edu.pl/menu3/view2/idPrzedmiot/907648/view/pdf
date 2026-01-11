--- v1 (2025-12-27)
+++ v2 (2026-01-11)
@@ -754,51 +754,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W08, K2_W09, K2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jak konstruować i projektować warstwy konstrukcyjne nawierzchni drogowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -958,51 +958,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U09, K2_U16_IK, K2_U17_IK</w:t>
+        <w:t xml:space="preserve">K2_U17_IK, K2_U05, K2_U09, K2_U16_IK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>