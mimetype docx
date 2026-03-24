--- v2 (2026-01-11)
+++ v3 (2026-03-24)
@@ -808,67 +808,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W09, K2_W10, K2_W15_IK, K2_W13</w:t>
+        <w:t xml:space="preserve">K2_W15_IK, K2_W13, K2_W09, K2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -958,51 +958,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U17_IK, K2_U05, K2_U09, K2_U16_IK</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U09, K2_U16_IK, K2_U17_IK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>