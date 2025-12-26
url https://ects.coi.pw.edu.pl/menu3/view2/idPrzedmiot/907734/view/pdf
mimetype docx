--- v0 (2025-10-09)
+++ v1 (2025-12-26)
@@ -761,857 +761,857 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W01, K2_W03, K2_W04, K2_W07, K2_W16_KB</w:t>
+        <w:t xml:space="preserve">K2_W16_KB, K2_W01, K2_W03, K2_W04, K2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna teorię powłok walcowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">obrona pracy domowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W04, K2_W15_KB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna rozwiązania zadania statyki powłok walcowych pracujących w stanie obrotowo-symetrycznym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">obrona pracy domowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W02, K2_W04, K2_W07, K2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna teorię powłok walcowych</w:t>
+        <w:t xml:space="preserve">Zna sposób rozwiązywania zadania statyki prętów cienkościennych o przekroju otwartym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">obrona pracy domowej</w:t>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W04, K2_W15_KB</w:t>
+        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07, K2_W15_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna rozwiązania zadania statyki powłok walcowych pracujących w stanie obrotowo-symetrycznym.</w:t>
+        <w:t xml:space="preserve">Wie w jaki sposób można szacować obciążenia wywołujące zwichrzenie prętów cienkościennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">obrona pracy domowej</w:t>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W04, K2_W07</w:t>
+        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposób rozwiązywania zadania statyki prętów cienkościennych o przekroju otwartym.</w:t>
+        <w:t xml:space="preserve">Zna podstawy statyki cięgien</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W13, K2_W03, K2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi szacować siły wywołujące wyboczenie giętno-skrętne prętów cienkościennych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U01, K2_U02, K2_U03, K2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi krytycznie analizować i sprawdzać analitycznie wyniki MES dotyczące pracy sprężystej prętów cienkościennych oraz powłok walcowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć siły wewnętrzne i przemieszczenia w ruszcie o węzłach sztywnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W15_KB, K2_W03, K2_W04, K2_W07</w:t>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U06, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie w jaki sposób można szacować obciążenia wywołujące zwichrzenie prętów cienkościennych.</w:t>
+        <w:t xml:space="preserve">Umie analizować pracę wybranych konstrukcji cięgnowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07</w:t>
+        <w:t xml:space="preserve">K2_U03, K2_U04, K2_U08, K2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy statyki cięgien</w:t>
+        <w:t xml:space="preserve">Umie zbudować model obliczeniowy konstrukcji inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin ustny</w:t>
+        <w:t xml:space="preserve">praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W13</w:t>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi szacować siły wywołujące wyboczenie giętno-skrętne prętów cienkościennych.</w:t>
+        <w:t xml:space="preserve">Student w ramach ćwiczeń w grupie dziekańskiej współpracuje z kolegami, ucząc się pracy w zespole. Rozumie znaczenie odpowiedzialności w działalności inżynierskiej, w tym rzetelności przedstawianych wyników swoich prac i ich interpretacji. Student przekonuje się do konieczności dokładnej i bezbłędnej analizy zagadnień, dowiadując się o odpowiedzialności związanej z błędnymi ocenami pracy konstrukcji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykonanie pracy domowej.</w:t>
+        <w:t xml:space="preserve">obrona pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U01</w:t>
+        <w:t xml:space="preserve">K2_K01, K2_K03, K2_K04, K2_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest świadom konieczności podnoszenia  swoich kompetencji w zakresie mechaniki konstrukcji. Korzystać z zalecanej literatury i samodzielnie się dokształca.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>