--- v1 (2025-12-26)
+++ v2 (2026-01-16)
@@ -761,67 +761,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W16_KB, K2_W01, K2_W03, K2_W04, K2_W07</w:t>
+        <w:t xml:space="preserve">K2_W01, K2_W03, K2_W04, K2_W07, K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna teorię powłok walcowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">obrona pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W02, K2_W04, K2_W07, K2_W03</w:t>
+        <w:t xml:space="preserve">K2_W07, K2_W03, K2_W02, K2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1111,67 +1111,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13, K2_W03, K2_W02</w:t>
+        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1191,347 +1191,347 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U01, K2_U02, K2_U03, K2_U04</w:t>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi krytycznie analizować i sprawdzać analitycznie wyniki MES dotyczące pracy sprężystej prętów cienkościennych oraz powłok walcowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U03, K2_U04, K2_U12, K2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć siły wewnętrzne i przemieszczenia w ruszcie o węzłach sztywnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U06, K2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie analizować pracę wybranych konstrukcji cięgnowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi krytycznie analizować i sprawdzać analitycznie wyniki MES dotyczące pracy sprężystej prętów cienkościennych oraz powłok walcowych.</w:t>
+        <w:t xml:space="preserve">Umie zbudować model obliczeniowy konstrukcji inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin ustny</w:t>
+        <w:t xml:space="preserve">praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U12</w:t>
+        <w:t xml:space="preserve">K2_U03, K2_U04, K2_U08, K2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>