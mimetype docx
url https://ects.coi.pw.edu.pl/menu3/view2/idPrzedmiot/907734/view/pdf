--- v2 (2026-01-16)
+++ v3 (2026-02-10)
@@ -901,637 +901,637 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">obrona pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W07, K2_W03, K2_W02, K2_W04</w:t>
+        <w:t xml:space="preserve">K2_W04, K2_W07, K2_W03, K2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposób rozwiązywania zadania statyki prętów cienkościennych o przekroju otwartym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07, K2_W15_KB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposób rozwiązywania zadania statyki prętów cienkościennych o przekroju otwartym.</w:t>
+        <w:t xml:space="preserve">Wie w jaki sposób można szacować obciążenia wywołujące zwichrzenie prętów cienkościennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07, K2_W15_KB</w:t>
+        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie w jaki sposób można szacować obciążenia wywołujące zwichrzenie prętów cienkościennych.</w:t>
+        <w:t xml:space="preserve">Zna podstawy statyki cięgien</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi szacować siły wywołujące wyboczenie giętno-skrętne prętów cienkościennych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi krytycznie analizować i sprawdzać analitycznie wyniki MES dotyczące pracy sprężystej prętów cienkościennych oraz powłok walcowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć siły wewnętrzne i przemieszczenia w ruszcie o węzłach sztywnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07</w:t>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U06, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy statyki cięgien</w:t>
+        <w:t xml:space="preserve">Umie analizować pracę wybranych konstrukcji cięgnowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin ustny</w:t>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W13</w:t>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi szacować siły wywołujące wyboczenie giętno-skrętne prętów cienkościennych.</w:t>
+        <w:t xml:space="preserve">Umie zbudować model obliczeniowy konstrukcji inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykonanie pracy domowej.</w:t>
+        <w:t xml:space="preserve">praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U01</w:t>
+        <w:t xml:space="preserve">K2_U03, K2_U04, K2_U08, K2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o, I.P7S_UO</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>