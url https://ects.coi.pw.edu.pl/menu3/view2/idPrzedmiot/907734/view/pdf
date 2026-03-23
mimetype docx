--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -777,745 +777,745 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W01, K2_W03, K2_W04, K2_W07, K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna teorię powłok walcowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">obrona pracy domowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W04, K2_W15_KB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna rozwiązania zadania statyki powłok walcowych pracujących w stanie obrotowo-symetrycznym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">obrona pracy domowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W04, K2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna teorię powłok walcowych</w:t>
+        <w:t xml:space="preserve">Zna sposób rozwiązywania zadania statyki prętów cienkościennych o przekroju otwartym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">obrona pracy domowej</w:t>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W04, K2_W15_KB</w:t>
+        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07, K2_W15_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna rozwiązania zadania statyki powłok walcowych pracujących w stanie obrotowo-symetrycznym.</w:t>
+        <w:t xml:space="preserve">Wie w jaki sposób można szacować obciążenia wywołujące zwichrzenie prętów cienkościennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">obrona pracy domowej</w:t>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W04, K2_W07, K2_W03, K2_W02</w:t>
+        <w:t xml:space="preserve">K2_W04, K2_W07, K2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposób rozwiązywania zadania statyki prętów cienkościennych o przekroju otwartym.</w:t>
+        <w:t xml:space="preserve">Zna podstawy statyki cięgien</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi szacować siły wywołujące wyboczenie giętno-skrętne prętów cienkościennych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U01, K2_U02, K2_U03, K2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi krytycznie analizować i sprawdzać analitycznie wyniki MES dotyczące pracy sprężystej prętów cienkościennych oraz powłok walcowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U04, K2_U12, K2_U02, K2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć siły wewnętrzne i przemieszczenia w ruszcie o węzłach sztywnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07, K2_W15_KB</w:t>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U06, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie w jaki sposób można szacować obciążenia wywołujące zwichrzenie prętów cienkościennych.</w:t>
+        <w:t xml:space="preserve">Umie analizować pracę wybranych konstrukcji cięgnowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07</w:t>
+        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy statyki cięgien</w:t>
+        <w:t xml:space="preserve">Umie zbudować model obliczeniowy konstrukcji inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin ustny</w:t>
+        <w:t xml:space="preserve">praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W13</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">K2_U03, K2_U04, K2_U08, K2_U02</w:t>
+        <w:t xml:space="preserve">K2_U08, K2_U02, K2_U03, K2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>