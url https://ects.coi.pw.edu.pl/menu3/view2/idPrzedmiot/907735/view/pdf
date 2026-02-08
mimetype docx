--- v0 (2026-01-08)
+++ v1 (2026-02-08)
@@ -900,51 +900,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W14_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady probabilistycznego modelowania efektów działających na konstrukcję obciążeń i ich kombinacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>