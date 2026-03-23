--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -1260,51 +1260,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi, stosując normy budowlane, zapewnić konstrukcji odpowiedni poziom bezpieczeństwa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>