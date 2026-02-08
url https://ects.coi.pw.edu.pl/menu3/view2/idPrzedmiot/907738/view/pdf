--- v0 (2025-10-31)
+++ v1 (2026-02-08)
@@ -751,67 +751,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w zajęciach; wykonanie i obrona domowych prac projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W05, K2_W04</w:t>
+        <w:t xml:space="preserve">K2_W04, K2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady modelowania konstrukcji prętowych i powierzchniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w zajęciach; wykonanie i obrona domowych prac projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U17_KB, K2_U19_KB, K2_U15_KB, K2_U03, K2_U04, K2_U05</w:t>
+        <w:t xml:space="preserve">K2_U03, K2_U04, K2_U05, K2_U17_KB, K2_U19_KB, K2_U15_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>