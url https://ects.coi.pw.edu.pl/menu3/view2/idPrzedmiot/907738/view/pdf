--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -901,67 +901,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w zajęciach; wykonanie i obrona domowych prac projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U03, K2_U04, K2_U05, K2_U17_KB, K2_U19_KB, K2_U15_KB</w:t>
+        <w:t xml:space="preserve">K2_U17_KB, K2_U19_KB, K2_U15_KB, K2_U03, K2_U04, K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zamodelować układ powierzchniowy, zdefiniować obciążenia i ich kombinacje, przeprowadzić obliczenia, zinterpretować otrzymane wyniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>