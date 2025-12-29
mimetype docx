--- v0 (2025-12-03)
+++ v1 (2025-12-29)
@@ -816,67 +816,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie seminarium dyplomowego (100%), w tym prezentacji na seminarium dyplomowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U07, IS_U14, IS_U15, IS_U18, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U14, IS_U15, IS_U18, IS_U05, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>