--- v1 (2025-12-29)
+++ v2 (2026-02-09)
@@ -736,51 +736,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie seminarium dyplomowego (100%), w tym prezentacji na seminarium dyplomowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W13, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W08, IS_W12, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -816,51 +816,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie seminarium dyplomowego (100%), w tym prezentacji na seminarium dyplomowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U14, IS_U15, IS_U18, IS_U05, IS_U07</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U14, IS_U15, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>