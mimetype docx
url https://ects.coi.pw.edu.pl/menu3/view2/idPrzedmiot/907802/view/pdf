--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -736,51 +736,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie seminarium dyplomowego (100%), w tym prezentacji na seminarium dyplomowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W08, IS_W12, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W13, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>