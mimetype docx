--- v0 (2025-12-24)
+++ v1 (2025-12-25)
@@ -749,51 +749,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada aktualną wiedzę nt. kierunków rozwoju inżynierii środowiska</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>