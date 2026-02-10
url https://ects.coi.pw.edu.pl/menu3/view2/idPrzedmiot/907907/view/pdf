--- v1 (2025-12-25)
+++ v2 (2026-02-10)
@@ -899,51 +899,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U10, IS_U13, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury fachowej, również w języku obcym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>