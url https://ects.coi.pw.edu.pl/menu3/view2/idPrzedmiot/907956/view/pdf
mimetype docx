--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -851,67 +851,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę o relacjach zachodzących na etapach tworzenia, obciążania i pracy  onstrukcji w warunkach działania tych obciążeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -991,341 +991,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WWZM_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe rodzaje odkształceń związanych z odpowiedzią konstrukcji na przyłożone obciążenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka WWZM_05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UWZM_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe rodzaje odkształceń związanych z odpowiedzią konstrukcji na przyłożone obciążenia.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać poznane teorie i konstrukcje do analizy podstawowych problemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
+        <w:t xml:space="preserve">Kolokwium z części praktycznej obowiązującej na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W11</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka UWZM_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UWZM_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystać poznane teorie i konstrukcje do analizy podstawowych problemów.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zdobywać wiedzę i rozwijać swe zdolności, korzystając z różnych źródeł i nowoczesnych technologii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części praktycznej obowiązującej na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka UWZM_02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zdobywać wiedzę i rozwijać swe zdolności, korzystając z różnych źródeł i nowoczesnych technologii.</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części praktycznej obowiązującej na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U06</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1782,51 +1782,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie prostych przykładów, tworzenie prostych konstrukcji i analiza ich odpowiedzi na obciążenia zewnętrzne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K09, K_K07</w:t>
+        <w:t xml:space="preserve">K_K07, K_K09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>