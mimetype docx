--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -867,51 +867,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę o relacjach zachodzących na etapach tworzenia, obciążania i pracy  onstrukcji w warunkach działania tych obciążeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -991,67 +991,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe rodzaje odkształceń związanych z odpowiedzią konstrukcji na przyłożone obciążenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1281,51 +1281,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części praktycznej obowiązującej na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1642,51 +1642,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie prostych przykładów, tworzenie prostych konstrukcji i analiza ich odpowiedzi na obciążenia zewnętrzne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K07, K_K10</w:t>
+        <w:t xml:space="preserve">K_K10, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>