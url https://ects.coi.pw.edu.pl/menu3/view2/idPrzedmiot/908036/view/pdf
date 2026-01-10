--- v0 (2025-10-06)
+++ v1 (2026-01-10)
@@ -819,51 +819,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W06, K_W09, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła finansowania zadań JST i potrafi określić kierunki wydatków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -959,51 +959,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W10, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o podstawowych instytucjach i podmiotach, świadczących usługi lokalne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1179,51 +1179,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U05, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi odnaleźć informacje o stanie finansów samorządowych w systemie teleinformatycznym, obliczyć wybrane wskaźniki z zakresu gospodarki finansowej JST oraz je zinterpretować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1233,67 +1233,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny, test zamknięty, pytania problemowe i zadanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U12, K_U06</w:t>
+        <w:t xml:space="preserve">K_U12, K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ze zrozumieniem czytać sprawozdania budżetowe i na tej podstawie formułować wnioski nt kondycji finansowej i majątkowej JST .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1453,67 +1453,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca własna związana z analizą literatury, aktów prawnych i danych statystycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_FST_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość roli i znaczenia gospodarki finansowej JST w zaspakajaniu potrzeb społeczności lokalnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>