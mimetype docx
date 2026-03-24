--- v2 (2026-02-08)
+++ v3 (2026-03-24)
@@ -749,51 +749,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła prawa z zakresu finansów samorządowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -819,51 +819,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła finansowania zadań JST i potrafi określić kierunki wydatków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -943,67 +943,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W10</w:t>
+        <w:t xml:space="preserve">K_W04, K_W10, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o podstawowych instytucjach i podmiotach, świadczących usługi lokalne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1109,51 +1109,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie posługiwać się źródłami prawa z zakresu finansów samorządowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1163,67 +1163,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U09, K_U10, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U05, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.S.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi odnaleźć informacje o stanie finansów samorządowych w systemie teleinformatycznym, obliczyć wybrane wskaźniki z zakresu gospodarki finansowej JST oraz je zinterpretować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1233,67 +1233,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny, test zamknięty, pytania problemowe i zadanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U09, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ze zrozumieniem czytać sprawozdania budżetowe i na tej podstawie formułować wnioski nt kondycji finansowej i majątkowej JST .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1303,67 +1303,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonywać analizy własnych działań z zakresu ekonomii i finansów i wskazywać na konieczność dalszego doskonalenia swoich umiejętności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1453,67 +1453,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca własna związana z analizą literatury, aktów prawnych i danych statystycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_FST_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość roli i znaczenia gospodarki finansowej JST w zaspakajaniu potrzeb społeczności lokalnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>