--- v0 (2025-10-08)
+++ v1 (2025-11-02)
@@ -772,141 +772,211 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_MN02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna specyfikę metodologiczną nauk społecznych, w tym nauk o polityce i administracji (A)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_MN02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_MN03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna specyfikę metodologiczną nauk społecznych, w tym nauk o polityce i administracji (A)</w:t>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie typologii nauk oraz miejsca nauk o polityce i administracji w strukturze nauki (A)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W06, K_W09, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_MN03: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_MN04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie typologii nauk oraz miejsca nauk o polityce i administracji w strukturze nauki (A)</w:t>
+        <w:t xml:space="preserve">Zna podstawowe koncepcje z zakresu ogólnej metodologii nauk i metodologii nauk społecznych, w tym nauk o polityce i administracji, a także potrafi je zastosować w praktyce (A)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -925,278 +995,278 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_MN04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_MN05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe koncepcje z zakresu ogólnej metodologii nauk i metodologii nauk społecznych, w tym nauk o polityce i administracji, a także potrafi je zastosować w praktyce (A)</w:t>
+        <w:t xml:space="preserve">Zna podstawowe koncepcje z zakresu metodologii nauk społecznych, prawoznawstwa i nauk o administracji (P)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_MN05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_MN06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe koncepcje z zakresu metodologii nauk społecznych, prawoznawstwa i nauk o administracji (P)</w:t>
+        <w:t xml:space="preserve">Wie czym się różni nauka od innych rodzajów wiedzy (F)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_MN06: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_MN01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie czym się różni nauka od innych rodzajów wiedzy (F)</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się regułami ogólnej metodologii nauk i metodologii nauk społecznych, w tym metodologii nauk o polityce i administracji (A)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie dyskusji na zajęciach, egzamin pisemny z pytaniami opisowymi lub testowymi lub realizacja zadanej pracy problemowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_MN01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_MN02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie posługiwać się regułami ogólnej metodologii nauk i metodologii nauk społecznych, w tym metodologii nauk o polityce i administracji (A)</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać poznane koncepcje do analizy podstawowych problemów, w tym problemów z zakresu nauk o polityce i administracji (A)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie dyskusji na zajęciach, egzamin pisemny z pytaniami opisowymi lub testowymi lub realizacja zadanej pracy problemowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1215,178 +1285,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_MN02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_MN03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystać poznane koncepcje do analizy podstawowych problemów, w tym problemów z zakresu nauk o polityce i administracji (A)</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać analizy własnych działań i wskazać ewentualne obszary wymagające modyfikacji w przyszłym działaniu, w szczególności działań w polityce i administracji (A)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie dyskusji na zajęciach, egzamin pisemny z pytaniami opisowymi lub testowymi lub realizacja zadanej pracy problemowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_MN01: </w:t>
       </w:r>
     </w:p>