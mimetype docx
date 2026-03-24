--- v2 (2025-12-27)
+++ v3 (2026-03-24)
@@ -756,67 +756,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_MN02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna specyfikę metodologiczną nauk społecznych, w tym nauk o polityce i administracji (A)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -912,411 +912,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_MN04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe koncepcje z zakresu ogólnej metodologii nauk i metodologii nauk społecznych, w tym nauk o polityce i administracji, a także potrafi je zastosować w praktyce (A)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_MN04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_MN05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe koncepcje z zakresu ogólnej metodologii nauk i metodologii nauk społecznych, w tym nauk o polityce i administracji, a także potrafi je zastosować w praktyce (A)</w:t>
+        <w:t xml:space="preserve">Zna podstawowe koncepcje z zakresu metodologii nauk społecznych, prawoznawstwa i nauk o administracji (P)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_MN05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_MN06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe koncepcje z zakresu metodologii nauk społecznych, prawoznawstwa i nauk o administracji (P)</w:t>
+        <w:t xml:space="preserve">Wie czym się różni nauka od innych rodzajów wiedzy (F)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_MN06: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_MN01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie czym się różni nauka od innych rodzajów wiedzy (F)</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się regułami ogólnej metodologii nauk i metodologii nauk społecznych, w tym metodologii nauk o polityce i administracji (A)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie dyskusji na zajęciach, egzamin pisemny z pytaniami opisowymi lub testowymi lub realizacja zadanej pracy problemowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_MN01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_MN02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie posługiwać się regułami ogólnej metodologii nauk i metodologii nauk społecznych, w tym metodologii nauk o polityce i administracji (A)</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać poznane koncepcje do analizy podstawowych problemów, w tym problemów z zakresu nauk o polityce i administracji (A)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie dyskusji na zajęciach, egzamin pisemny z pytaniami opisowymi lub testowymi lub realizacja zadanej pracy problemowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_MN03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać analizy własnych działań i wskazać ewentualne obszary wymagające modyfikacji w przyszłym działaniu, w szczególności działań w polityce i administracji (A)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>