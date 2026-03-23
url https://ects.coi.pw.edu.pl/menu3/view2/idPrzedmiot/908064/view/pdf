--- v0 (2025-11-03)
+++ v1 (2026-03-23)
@@ -755,411 +755,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma pogłębioną wiedzę o zasadach przygotowywania pracy dyplomowej magisterskiej, szczególnie tych wynikających z regulacji prawnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Opinia pracy dyplomowej kierującego pracą i recenzenta</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna szczegółowo przepisy ustawy z dnia 4 lutego 1994r.o prawie autorskim i prawach pokrewnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Opinia pracy dyplomowej kierującego pracą i recenzenta</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat doboru i wykorzystywania źródeł ze szczelnym uwzględnieniem praw autorskich.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Opinia na temat pracy promotora i recenzenta</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma pogłębioną wiedzę co do istniejących norm prawnych i etycznych związanych z przygotowywaniem pracy dyplomowej na studiach magisterskich. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Opinia pracy dyplomowej kierującego pracą i recenzenta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma pogłębioną wiedzę o zasadach przygotowywania pracy dyplomowej magisterskiej, szczególnie tych wynikających z regulacji prawnych</w:t>
+        <w:t xml:space="preserve">Student potrafi wszechstronnie pozyskiwać informacje, m.in. z literatury, baz danych i innych źródeł, szczególnie tych dotyczących obowiązujący aktów prawnych i orzeczeń sądowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Opinia pracy dyplomowej kierującego pracą i recenzenta</w:t>
+        <w:t xml:space="preserve">Opinia pracy dyplomowej kierującego pracą i recenzenta, konsultacje merytoryczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2, II.S.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi pogłębione wyniki swoich prac badawczych przedstawić w formie pisemnej - pracy dyplomowej zgodnej ze standardami i zasadami przygotowywania prac dyplomowych, szczególnie tymi, które wynikają z obowiązujących aktów prawnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>