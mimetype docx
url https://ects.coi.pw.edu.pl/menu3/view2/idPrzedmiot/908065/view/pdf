--- v0 (2025-11-02)
+++ v1 (2025-12-27)
@@ -1126,51 +1126,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie przeprowadzić w sposób wszechstronny cały proces badawczy zgodnie ze obowiązującymi standardami etycznymi i istniejącymi przepisami prawnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1197,51 +1197,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie w sposób pogłębiony interpretować istniejące przepisy prawa i rozumie ich konsekwencje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1321,67 +1321,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dyskutować w zespole i formułować opinię na temat przygotowanych rozwiązań, ze szczególnym uwzględnieniem aspektów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>