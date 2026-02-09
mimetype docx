--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -906,51 +906,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna w sposób wyczerpujący pojęcia odnoszące się do praw autorskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1181,67 +1181,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie w sposób pogłębiony interpretować istniejące przepisy prawa i rozumie ich konsekwencje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1321,67 +1321,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dyskutować w zespole i formułować opinię na temat przygotowanych rozwiązań, ze szczególnym uwzględnieniem aspektów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>