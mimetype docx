--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -750,207 +750,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat procesu badawczego niezbędnego do przygotowania pracy dyplomowej oraz przepisów prawnych z tym związanych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat procesu badawczego niezbędnego do przygotowania pracy dyplomowej oraz przepisów prawnych z tym związanych.</w:t>
+        <w:t xml:space="preserve">Zna w sposób wyczerpujący przepisy zawarte w Ustawie z dnia 4 lutego 1994 r. o prawie autorskim i prawach pokrewnych i zna konsekwencje ich nieprzestrzegania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna w sposób wyczerpujący pojęcia odnoszące się do praw autorskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1181,67 +1181,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie w sposób pogłębiony interpretować istniejące przepisy prawa i rozumie ich konsekwencje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1337,51 +1337,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dyskutować w zespole i formułować opinię na temat przygotowanych rozwiązań, ze szczególnym uwzględnieniem aspektów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>