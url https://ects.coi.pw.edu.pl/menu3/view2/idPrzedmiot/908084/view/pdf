--- v1 (2026-01-13)
+++ v2 (2026-03-24)
@@ -763,67 +763,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy z pytaniami testowymi jednokrotnego wyboru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>