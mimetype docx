--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -1136,51 +1136,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować dane zawarte w budżetach i planach finansowych podmiotów sektora
 publicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1207,51 +1207,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, by formułować i rozwiązywać złożone i
 nietypowe problemy związane z funkcjonowaniem jednostek sektora finansów
 publicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1337,67 +1337,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu uczenia się odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, do określenia wysokości podatków, w
 szczególności wysokości podatku od nieruchomości i podatku od środków
 transportowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1411,51 +1411,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń
 praktycznych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1706,51 +1706,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca własna związana z analizą aktów prawnych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K03, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>