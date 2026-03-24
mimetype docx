--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna źródła prawa finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię z zakresu prawa podatkowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1136,51 +1136,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować dane zawarte w budżetach i planach finansowych podmiotów sektora
 publicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1207,51 +1207,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, by formułować i rozwiązywać złożone i
 nietypowe problemy związane z funkcjonowaniem jednostek sektora finansów
 publicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1337,67 +1337,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu uczenia się odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, do określenia wysokości podatków, w
 szczególności wysokości podatku od nieruchomości i podatku od środków
 transportowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1706,51 +1706,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca własna związana z analizą aktów prawnych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>