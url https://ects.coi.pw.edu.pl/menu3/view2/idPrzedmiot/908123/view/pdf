--- v0 (2025-10-30)
+++ v1 (2025-12-23)
@@ -796,51 +796,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę niezbędną do rozumienia etycznych uwarunkowań działalności gospodarczej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -946,51 +946,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi myśleć krytycznie w zakresie etyki </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>