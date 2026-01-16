--- v1 (2025-12-23)
+++ v2 (2026-01-16)
@@ -946,51 +946,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi myśleć krytycznie w zakresie etyki </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>