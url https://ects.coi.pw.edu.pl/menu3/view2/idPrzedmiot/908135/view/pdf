--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -761,67 +761,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na zajęciach – rozwiązywanie zadań, sprawdziany z zadań, test na zakończenie zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie, jak posługiwać się urządzeniami księgowymi i jak interpretować ewidencjonowane na nich operacje gospodarcze.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -997,51 +997,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wskazać ośrodki powstawania kosztów oraz stosować zasadę współmierności kosztów i przychodów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>