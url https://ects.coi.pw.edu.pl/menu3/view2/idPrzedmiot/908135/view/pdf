--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -997,51 +997,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wskazać ośrodki powstawania kosztów oraz stosować zasadę współmierności kosztów i przychodów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1051,67 +1051,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, rozwiązywanie zadań, sprawdziany z zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>