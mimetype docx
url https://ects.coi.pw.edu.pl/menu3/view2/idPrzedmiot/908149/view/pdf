--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -920,51 +920,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o funkcjach ZZL, o jego celach, podstawach, organizacji i funkcjonowaniu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -990,51 +990,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę nt. wpływu współczesnych narzędzi teleinformatycznych oraz telekomunikacyjnych na proces zarządzania zasobami ludzkimi w przedsiębiorstwie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1140,51 +1140,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie na czym polega praca zespołowa, zna mechanizmy funkcjonowania zespołów pracowniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1210,51 +1210,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zdiagnozować potrzeby personalne w organizacji w oparciu o analizę: strategii i kultury organizacyjnej oraz zdefiniować zakres zadań pracowniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>