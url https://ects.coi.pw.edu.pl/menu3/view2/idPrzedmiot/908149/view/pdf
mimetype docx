--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -920,51 +920,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o funkcjach ZZL, o jego celach, podstawach, organizacji i funkcjonowaniu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1060,51 +1060,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1140,70 +1140,140 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zdiagnozować potrzeby personalne w organizacji w oparciu o analizę: strategii i kultury organizacyjnej oraz zdefiniować zakres zadań pracowniczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Wie na czym polega praca zespołowa, zna mechanizmy funkcjonowania zespołów pracowniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1211,120 +1281,50 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>