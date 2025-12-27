--- v0 (2025-10-10)
+++ v1 (2025-12-27)
@@ -933,51 +933,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowana wiedzę na temat zachowań grupowych w organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1137,67 +1137,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin pisemny z pytaniami zamkniętymi i otwartymi. Ćwiczenia: sprawdzian na końcu semestru, udział w grach decyzyjnych i ćwiczeniach praktycznych, aktywność na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, II.H.P7S_UW.1, I.P7S_UU, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, II.H.P7S_UW.1, I.P7S_UU, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zdefiniować władzę w organizacji i omówić jej pięć filarów, wyjaśnić powstawanie zależności w stosunkach władzy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>