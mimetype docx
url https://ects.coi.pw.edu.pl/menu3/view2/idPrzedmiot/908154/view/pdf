--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -933,51 +933,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowana wiedzę na temat zachowań grupowych w organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1137,67 +1137,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin pisemny z pytaniami zamkniętymi i otwartymi. Ćwiczenia: sprawdzian na końcu semestru, udział w grach decyzyjnych i ćwiczeniach praktycznych, aktywność na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, II.H.P7S_UW.1, I.P7S_UU, II.S.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zdefiniować władzę w organizacji i omówić jej pięć filarów, wyjaśnić powstawanie zależności w stosunkach władzy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>