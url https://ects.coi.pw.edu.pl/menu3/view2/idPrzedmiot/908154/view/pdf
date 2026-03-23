--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -1083,51 +1083,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi odróżnić zespoły od grup roboczych i wyjaśnić jak zespoły mogą kształtować graczy zespołowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1153,51 +1153,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, II.H.P7S_UW.1, I.P7S_UU, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zdefiniować władzę w organizacji i omówić jej pięć filarów, wyjaśnić powstawanie zależności w stosunkach władzy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>