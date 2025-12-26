--- v0 (2025-12-03)
+++ v1 (2025-12-26)
@@ -838,545 +838,545 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W10, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna struktury i problemy wymiany danych na potrzeby świadczenia e-usług administracji publicznej. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W10, K_W12 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna struktury i problemy wymiany danych na potrzeby świadczenia e-usług administracji publicznej. </w:t>
+        <w:t xml:space="preserve">Potrafi interpretować i stosować zasady oraz zalecenia wskazane w europejskich i krajowych ramach interoperacyjności. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W10, K_W12 BNP</w:t>
+        <w:t xml:space="preserve">K_U06, K_U12, K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować usługi administracji publicznej (e-usługi) zgodnie z zachowaniem ich bezpieczeństwa, jakości oraz interoperacyjności. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U12, K_U13 BNP, K_U14 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować wymagane struktury danych przez podmioty administracji publicznej na potrzeby świadczenia e-usług administracji publicznej. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U13 BNP, K_U14 BNP, K_U06, K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi interpretować i stosować zasady oraz zalecenia wskazane w europejskich i krajowych ramach interoperacyjności. </w:t>
+        <w:t xml:space="preserve">Jest świadomy konieczności wdrożenia oraz stosowania w praktyce europejskich i krajowych ram interoperacyjności systemów teleinformatycznych i usług administracji publicznej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U12, K_U13 BNP, K_U14 BNP</w:t>
+        <w:t xml:space="preserve">K_K04, K_K07, K_K08 BNP, K_K09 BNP, K_K10 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02 : </w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stosować usługi administracji publicznej (e-usługi) zgodnie z zachowaniem ich bezpieczeństwa, jakości oraz interoperacyjności. </w:t>
+        <w:t xml:space="preserve">Potrafi stosować e-usługi administracji publicznej z zachowaniem ich bezpieczeństwa, wymaganą jakością oraz interoperacyjnością. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U12, K_U13 BNP, K_U14 BNP</w:t>
+        <w:t xml:space="preserve">K_K04, K_K07, K_K08 BNP, K_K09 BNP, K_K10 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stosować wymagane struktury danych przez podmioty administracji publicznej na potrzeby świadczenia e-usług administracji publicznej. </w:t>
+        <w:t xml:space="preserve">Jest świadomy potrzeby stosowania wymaganych struktur danych na rzecz bezkolizyjnej komunikacji elektronicznej z uąytkownikami w zakresie świadczenia e-usług. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U12, K_U13 BNP, K_U14 BNP</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">K_K04, K_K07, K_K08 BNP, K_K09 BNP, K_K10 BNP</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_K08 BNP, K_K09 BNP, K_K10 BNP, K_K04, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>