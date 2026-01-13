--- v1 (2025-12-26)
+++ v2 (2026-01-13)
@@ -822,167 +822,237 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W12 BNP, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna struktury i problemy wymiany danych na potrzeby świadczenia e-usług administracji publicznej. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W10, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna struktury i problemy wymiany danych na potrzeby świadczenia e-usług administracji publicznej. </w:t>
+        <w:t xml:space="preserve">Potrafi interpretować i stosować zasady oraz zalecenia wskazane w europejskich i krajowych ramach interoperacyjności. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W10, K_W12 BNP</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13 BNP, K_U14 BNP, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.X.P7S_WG.1.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi interpretować i stosować zasady oraz zalecenia wskazane w europejskich i krajowych ramach interoperacyjności. </w:t>
+        <w:t xml:space="preserve">Potrafi stosować usługi administracji publicznej (e-usługi) zgodnie z zachowaniem ich bezpieczeństwa, jakości oraz interoperacyjności. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1001,178 +1071,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02 : </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stosować usługi administracji publicznej (e-usługi) zgodnie z zachowaniem ich bezpieczeństwa, jakości oraz interoperacyjności. </w:t>
+        <w:t xml:space="preserve">Potrafi stosować wymagane struktury danych przez podmioty administracji publicznej na potrzeby świadczenia e-usług administracji publicznej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U12, K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>