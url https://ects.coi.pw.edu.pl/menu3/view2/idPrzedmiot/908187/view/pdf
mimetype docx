--- v2 (2026-01-13)
+++ v3 (2026-02-09)
@@ -822,67 +822,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W12 BNP, K_W03</w:t>
+        <w:t xml:space="preserve">K_W12 BNP, K_W03, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna struktury i problemy wymiany danych na potrzeby świadczenia e-usług administracji publicznej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -972,207 +972,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U13 BNP, K_U14 BNP, K_U06, K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować usługi administracji publicznej (e-usługi) zgodnie z zachowaniem ich bezpieczeństwa, jakości oraz interoperacyjności. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U12, K_U13 BNP, K_U14 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować wymagane struktury danych przez podmioty administracji publicznej na potrzeby świadczenia e-usług administracji publicznej. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U12, K_U13 BNP, K_U14 BNP, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>