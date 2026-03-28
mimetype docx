--- v3 (2026-02-09)
+++ v4 (2026-03-28)
@@ -752,507 +752,507 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W12 BNP, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma pogłębiona wiedzę dotyczącą usług administracji publicznej (e-usług), ich jakości, bezpieczeństwa i potrzeb zapewnienia interoperacyjności.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W10, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma pogłębiona wiedzę dotyczącą usług administracji publicznej (e-usług), ich jakości, bezpieczeństwa i potrzeb zapewnienia interoperacyjności.</w:t>
+        <w:t xml:space="preserve">Zna struktury i problemy wymiany danych na potrzeby świadczenia e-usług administracji publicznej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W12 BNP, K_W03, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna struktury i problemy wymiany danych na potrzeby świadczenia e-usług administracji publicznej. </w:t>
+        <w:t xml:space="preserve">Potrafi interpretować i stosować zasady oraz zalecenia wskazane w europejskich i krajowych ramach interoperacyjności. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W10, K_W12 BNP</w:t>
+        <w:t xml:space="preserve">K_U06, K_U12, K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować usługi administracji publicznej (e-usługi) zgodnie z zachowaniem ich bezpieczeństwa, jakości oraz interoperacyjności. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U12, K_U13 BNP, K_U14 BNP, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować wymagane struktury danych przez podmioty administracji publicznej na potrzeby świadczenia e-usług administracji publicznej. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U12, K_U13 BNP, K_U14 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi interpretować i stosować zasady oraz zalecenia wskazane w europejskich i krajowych ramach interoperacyjności. </w:t>
+        <w:t xml:space="preserve">Jest świadomy konieczności wdrożenia oraz stosowania w praktyce europejskich i krajowych ram interoperacyjności systemów teleinformatycznych i usług administracji publicznej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13 BNP, K_U14 BNP, K_U06, K_U12</w:t>
+        <w:t xml:space="preserve">K_K10 BNP, K_K04, K_K07, K_K08 BNP, K_K09 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować e-usługi administracji publicznej z zachowaniem ich bezpieczeństwa, wymaganą jakością oraz interoperacyjnością. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>