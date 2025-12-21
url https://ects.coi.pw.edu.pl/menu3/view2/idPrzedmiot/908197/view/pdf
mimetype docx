--- v0 (2025-12-20)
+++ v1 (2025-12-21)
@@ -862,51 +862,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U02: </w:t>
       </w:r>
     </w:p>
@@ -1014,51 +1014,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_K02	: </w:t>
       </w:r>
     </w:p>