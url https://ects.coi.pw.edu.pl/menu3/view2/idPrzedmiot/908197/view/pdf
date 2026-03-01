--- v1 (2025-12-21)
+++ v2 (2026-03-01)
@@ -791,51 +791,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_W03	: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie mechanizmy społeczne odnoszące się do funkcjonowania ogólnie rozumianej administracji oraz rozwoju lokalnego i regionalnego, a także ma uporządkowaną wiedzę ogólną obejmującą filozoficzne oraz historyczne aspekty funkcjonowania administracji, z uwzględnieniem organizacji i zarządzania w administracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -862,51 +862,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U02: </w:t>
       </w:r>
     </w:p>