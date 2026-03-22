--- v2 (2026-03-01)
+++ v3 (2026-03-22)
@@ -791,51 +791,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_W03	: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie mechanizmy społeczne odnoszące się do funkcjonowania ogólnie rozumianej administracji oraz rozwoju lokalnego i regionalnego, a także ma uporządkowaną wiedzę ogólną obejmującą filozoficzne oraz historyczne aspekty funkcjonowania administracji, z uwzględnieniem organizacji i zarządzania w administracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -862,51 +862,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U02: </w:t>
       </w:r>
     </w:p>