--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -1039,87 +1039,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U20, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przetwarzać chmurę punktów z dopasowania zdjęć i generować produkty pochodne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przetwarzać chmurę punktów z dopasowania zdjęć i generować produkty pochodne</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać elementarne etapy opracowania danych lotniczego skaningu laserowego na stacji cyfrowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1138,162 +1208,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać elementarne etapy opracowania danych lotniczego skaningu laserowego na stacji cyfrowej</w:t>
+        <w:t xml:space="preserve">Potrafi przetwarzać chmury punktów z lotniczego skaningu laserowego i generować produkty pochodne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U20, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil praktyczny - kompetencje społeczne</w:t>