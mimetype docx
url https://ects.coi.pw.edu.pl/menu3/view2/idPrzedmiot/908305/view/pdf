--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -1039,191 +1039,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przetwarzać chmurę punktów z dopasowania zdjęć i generować produkty pochodne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać elementarne etapy opracowania danych lotniczego skaningu laserowego na stacji cyfrowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U20, K_U01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_U01, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>